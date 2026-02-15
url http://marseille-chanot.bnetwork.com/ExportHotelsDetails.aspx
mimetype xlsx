--- v0 (2025-12-12)
+++ v1 (2026-02-15)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Hotel Details" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="414">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="408">
   <si>
     <t>Hotel</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Number of rooms</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Walking distance</t>
   </si>
   <si>
     <t>Driving time</t>
   </si>
   <si>
     <t>Metro time</t>
   </si>
   <si>
@@ -342,51 +342,51 @@
   <si>
     <t>33, Boulevard de Dunkerque</t>
   </si>
   <si>
     <t>04 91 01 56 50</t>
   </si>
   <si>
     <t>Odalys City Marseille Centre Euromed</t>
   </si>
   <si>
     <t>Aparthotel 4 Stars</t>
   </si>
   <si>
     <t>4 Rue Jean-Gaspard Vence</t>
   </si>
   <si>
     <t>04 91 89 09 01</t>
   </si>
   <si>
     <t>Radisson Blu Hotel Marseille Vieux Port</t>
   </si>
   <si>
     <t>38-40, Quai de Rive Neuve</t>
   </si>
   <si>
-    <t>04 88 92 19 50</t>
+    <t>04 88 44 52 00</t>
   </si>
   <si>
     <t>Residhome Marseille</t>
   </si>
   <si>
     <t>23 rue Mazenod</t>
   </si>
   <si>
     <t>0491019700</t>
   </si>
   <si>
     <t>RockyPop Marseille Hôtel</t>
   </si>
   <si>
     <t>60 rue du Rouet13006 Marseille</t>
   </si>
   <si>
     <t>+33 4 96 20 11 00</t>
   </si>
   <si>
     <t>Villa Massalia (Ex Golden Tulip)</t>
   </si>
   <si>
     <t>17, Place Louis Bonnefon</t>
   </si>
@@ -550,59 +550,50 @@
   <si>
     <t>22 Rue Mazenod,</t>
   </si>
   <si>
     <t>04 91 93 13 13</t>
   </si>
   <si>
     <t>Best Western Marseille Aeroport</t>
   </si>
   <si>
     <t>Face a l aeroport - Vitrolles</t>
   </si>
   <si>
     <t>04 42 15 54 00</t>
   </si>
   <si>
     <t>Campanile Marseille Saint Antoine</t>
   </si>
   <si>
     <t>59 avenue Anne-Marie</t>
   </si>
   <si>
     <t>04 91 96 08 29</t>
   </si>
   <si>
-    <t>Citadines Prado Chanot Marseille</t>
-[...7 lines deleted...]
-  <si>
     <t>Escale Oceania Marseille Vieux Port</t>
   </si>
   <si>
     <t>5, La Canebière</t>
   </si>
   <si>
     <t>04 91 90 61 61</t>
   </si>
   <si>
     <t>Greet Hotel Marseille Parc Chanot Vélodrome</t>
   </si>
   <si>
     <t>23 Boulevard Rabatau</t>
   </si>
   <si>
     <t>+33 4 91 25 66 66</t>
   </si>
   <si>
     <t>Holiday Inn Express Marseille Airport</t>
   </si>
   <si>
     <t>8 IMPASSE PYTHAGORE</t>
   </si>
   <si>
     <t>04 42 31 95 37</t>
@@ -652,50 +643,59 @@
   <si>
     <t>Hôtel Edmond Rostand</t>
   </si>
   <si>
     <t>31, Rue Dragon</t>
   </si>
   <si>
     <t>0491377495</t>
   </si>
   <si>
     <t>Hotel Kyriad Marseille - Les Pennes Mirabeau Aéroport</t>
   </si>
   <si>
     <t>AVENUE JEAN JAURESRN 113 ZAC L'agavon</t>
   </si>
   <si>
     <t>Hotel Le Corbusier</t>
   </si>
   <si>
     <t>280 Boulevard Michelet</t>
   </si>
   <si>
     <t>04 91 16 78 00</t>
   </si>
   <si>
+    <t>Hôtel Le M - Marseille</t>
+  </si>
+  <si>
+    <t>115 Rue Paradis</t>
+  </si>
+  <si>
+    <t>04 96 10 06 10</t>
+  </si>
+  <si>
     <t>Hôtel Life Marseille VP - Vieux Port</t>
   </si>
   <si>
     <t>35 Quai Des Belges</t>
   </si>
   <si>
     <t>+33 (0)4 91 33 66 97</t>
   </si>
   <si>
     <t>Hôtel Maison Montgrand - Vieux Port</t>
   </si>
   <si>
     <t>33 rue Montgrand</t>
   </si>
   <si>
     <t>04 91 00 35 20</t>
   </si>
   <si>
     <t>Hôtel Marseille Centre Gare Saint Charles</t>
   </si>
   <si>
     <t>15 Boulevard Maurice Bourdet</t>
   </si>
   <si>
     <t>04 91 99 59 92</t>
@@ -782,68 +782,50 @@
     <t>Ibis Styles Marseille Centre Prado Castellane</t>
   </si>
   <si>
     <t>31 rue du Rouet</t>
   </si>
   <si>
     <t>04 91 79 56 66</t>
   </si>
   <si>
     <t>ibis Styles Marseille Gare Saint-Charles</t>
   </si>
   <si>
     <t>28, boulevard d’Athènes</t>
   </si>
   <si>
     <t>04 96 21 10 01</t>
   </si>
   <si>
     <t>Ibis Styles Marseille Vieux Port</t>
   </si>
   <si>
     <t>7 Cours Saint Louis</t>
   </si>
   <si>
     <t>04 91 54 19 52</t>
-  </si>
-[...16 lines deleted...]
-    <t>04 91 80 31 00</t>
   </si>
   <si>
     <t>Le Rhul</t>
   </si>
   <si>
     <t>269 Corniche Président John Fitzgerald</t>
   </si>
   <si>
     <t>04 91 52 01 77</t>
   </si>
   <si>
     <t>Le Ryad Boutique Hôtel</t>
   </si>
   <si>
     <t>16, rue Sénac de Meilhan</t>
   </si>
   <si>
     <t>04 91 47 74 54</t>
   </si>
   <si>
     <t>Mama Shelter Marseille</t>
   </si>
   <si>
     <t>64, Rue de la Loubière</t>
   </si>
@@ -1327,51 +1309,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="3" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H134"/>
+  <dimension ref="A1:H132"/>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="56.4293870192308" customWidth="1" style="1"/>
     <col min="2" max="2" width="22.0232403094952" customWidth="1" style="1"/>
     <col min="3" max="3" width="17.368885920598" customWidth="1" style="1"/>
     <col min="4" max="4" width="48.8888690655048" customWidth="1" style="1"/>
     <col min="5" max="5" width="28.9524700458233" customWidth="1" style="1"/>
     <col min="6" max="6" width="16.6837569016677" customWidth="1" style="1"/>
     <col min="7" max="7" width="12.1463223970853" customWidth="1" style="1"/>
     <col min="8" max="8" width="11.1370920034555" customWidth="1" style="1"/>
     <col min="9" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
@@ -2366,51 +2348,51 @@
       </c>
       <c r="D39" s="3" t="s">
         <v>127</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="4">
         <v>15</v>
       </c>
       <c r="H39" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C40" s="4">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>130</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="4">
         <v>20</v>
       </c>
       <c r="H40" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="4">
@@ -2805,355 +2787,355 @@
       </c>
       <c r="C56" s="4">
         <v>122</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>179</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="4">
         <v>21</v>
       </c>
       <c r="H56" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="C57" s="4">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>182</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>183</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G57" s="4">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="H57" s="4">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C58" s="4">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>185</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G58" s="4">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="H58" s="4">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C59" s="4">
-        <v>116</v>
+        <v>46</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>188</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>189</v>
       </c>
       <c r="F59" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="4">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="H59" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="4">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>191</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="4">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="H60" s="4">
-        <v>0</v>
+        <v>27</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="4">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>194</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>195</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="4">
         <v>13</v>
       </c>
       <c r="H61" s="4">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="4">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>197</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>198</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="4">
         <v>13</v>
       </c>
       <c r="H62" s="4">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="4">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>200</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="4">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H63" s="4">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C64" s="4">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>203</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>204</v>
+        <v>128</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="4">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="H64" s="4">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C65" s="4">
+        <v>16</v>
+      </c>
+      <c r="D65" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D65" s="3" t="s">
+      <c r="E65" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="E65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F65" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="4">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H65" s="4">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C66" s="4">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="E66" s="3" t="s">
-        <v>209</v>
+      <c r="E66" s="4">
+        <v>442466565</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="4">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="H66" s="4">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C67" s="4">
+        <v>21</v>
+      </c>
+      <c r="D67" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D67" s="3" t="s">
+      <c r="E67" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="E67" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G67" s="4">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="H67" s="4">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C68" s="4">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>213</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>214</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G68" s="4">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H68" s="4">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C69" s="4">
         <v>39</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>216</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="4">
         <v>12</v>
       </c>
       <c r="H69" s="4">
@@ -3510,1347 +3492,1295 @@
       </c>
       <c r="D83" s="3" t="s">
         <v>257</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>258</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G83" s="4">
         <v>13</v>
       </c>
       <c r="H83" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C84" s="4">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>260</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>261</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G84" s="4">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="H84" s="4">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C85" s="4">
-        <v>89</v>
+        <v>11</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>263</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>264</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G85" s="4">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="H85" s="4">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C86" s="4">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>266</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>267</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G86" s="4">
         <v>11</v>
       </c>
       <c r="H86" s="4">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C87" s="4">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>269</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>270</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G87" s="4">
         <v>15</v>
       </c>
       <c r="H87" s="4">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C88" s="4">
-        <v>127</v>
+        <v>98</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>272</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>273</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G88" s="4">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H88" s="4">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C89" s="4">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>275</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G89" s="4">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="H89" s="4">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="C90" s="4">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>278</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G90" s="4">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H90" s="4">
-        <v>22</v>
+        <v>60</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="C91" s="4">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>281</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G91" s="4">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="H91" s="4">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C92" s="4">
-        <v>94</v>
+        <v>61</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>284</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G92" s="4">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H92" s="4">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C93" s="4">
-        <v>29</v>
+        <v>132</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>287</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>288</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G93" s="4">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="H93" s="4">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C94" s="4">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>290</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G94" s="4">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H94" s="4">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="C95" s="4">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>293</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>294</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G95" s="4">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="H95" s="4">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C96" s="4">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>296</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G96" s="4">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H96" s="4">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C97" s="4">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>299</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G97" s="4">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="H97" s="4">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="C98" s="4">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>302</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G98" s="4">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H98" s="4">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>126</v>
+        <v>305</v>
       </c>
       <c r="C99" s="4">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G99" s="4">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H99" s="4">
-        <v>11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>126</v>
+        <v>305</v>
       </c>
       <c r="C100" s="4">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G100" s="4">
         <v>15</v>
       </c>
       <c r="H100" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C101" s="4">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>312</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>313</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G101" s="4">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H101" s="4">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C102" s="4">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>315</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>316</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G102" s="4">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="H102" s="4">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C103" s="4">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>319</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G103" s="4">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H103" s="4">
-        <v>42</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C104" s="4">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>321</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G104" s="4">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H104" s="4">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C105" s="4">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>324</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>325</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G105" s="4">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="H105" s="4">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C106" s="4">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>327</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>328</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G106" s="4">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H106" s="4">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C107" s="4">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>330</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>331</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G107" s="4">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H107" s="4">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C108" s="4">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>333</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>334</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G108" s="4">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H108" s="4">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C109" s="4">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>336</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>337</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G109" s="4">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H109" s="4">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C110" s="4">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>339</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>340</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G110" s="4">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H110" s="4">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C111" s="4">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>342</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G111" s="4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H111" s="4">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C112" s="4">
         <v>29</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>345</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>346</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G112" s="4">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H112" s="4">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C113" s="4">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>348</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>349</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="G113" s="4">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="H113" s="4">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C114" s="4">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>351</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G114" s="4">
         <v>15</v>
       </c>
       <c r="H114" s="4">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C115" s="4">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>354</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>355</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G115" s="4">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="H115" s="4">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C116" s="4">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>357</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G116" s="4">
         <v>15</v>
       </c>
       <c r="H116" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C117" s="4">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>360</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>361</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G117" s="4">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H117" s="4">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C118" s="4">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>363</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>364</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G118" s="4">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H118" s="4">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C119" s="4">
-        <v>117</v>
+        <v>83</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>366</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G119" s="4">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="H119" s="4">
-        <v>0</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C120" s="4">
-        <v>57</v>
+        <v>96</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>369</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>370</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G120" s="4">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H120" s="4">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C121" s="4">
-        <v>83</v>
+        <v>147</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>372</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>373</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G121" s="4">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H121" s="4">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="3" t="s">
         <v>374</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C122" s="4">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>375</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>376</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G122" s="4">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="H122" s="4">
-        <v>20</v>
+        <v>61</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>311</v>
+        <v>378</v>
       </c>
       <c r="C123" s="4">
-        <v>147</v>
+        <v>35</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G123" s="4">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H123" s="4">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C124" s="4">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G124" s="4">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="H124" s="4">
-        <v>61</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>384</v>
+        <v>305</v>
       </c>
       <c r="C125" s="4">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>385</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G125" s="4">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="H125" s="4">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>311</v>
+        <v>388</v>
       </c>
       <c r="C126" s="4">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D126" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G126" s="4">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="H126" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>311</v>
+        <v>388</v>
       </c>
       <c r="C127" s="4">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G127" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H127" s="4">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C128" s="4">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>395</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>396</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G128" s="4">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="H128" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C129" s="4">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>398</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>399</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G129" s="4">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="H129" s="4">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C130" s="4">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>401</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G130" s="4">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H130" s="4">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C131" s="4">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>404</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>405</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G131" s="4">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H131" s="4">
-        <v>25</v>
+        <v>42</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C132" s="4">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>407</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>408</v>
+        <v>390</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G132" s="4">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H132" s="4">
-        <v>65</v>
-[...50 lines deleted...]
-      <c r="H134" s="4">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>