--- v0 (2025-12-12)
+++ v1 (2026-02-15)
@@ -186,51 +186,51 @@
         <v>14</v>
       </c>
       <c r="D2" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="4">
         <v>3008</v>
       </c>
       <c r="C3" s="4">
         <v>16</v>
       </c>
       <c r="D3" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="4">
-        <v>3561</v>
+        <v>3488</v>
       </c>
       <c r="C4" s="4">
         <v>15</v>
       </c>
       <c r="D4" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="4">
         <v>1267</v>
       </c>
       <c r="C5" s="4">
         <v>16</v>
       </c>
       <c r="D5" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3" t="s">
         <v>8</v>
@@ -256,66 +256,66 @@
         <v>30</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="4">
         <v>481</v>
       </c>
       <c r="C8" s="4">
         <v>4</v>
       </c>
       <c r="D8" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="4">
-        <v>1124</v>
+        <v>1047</v>
       </c>
       <c r="C9" s="4">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D9" s="4">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="4">
         <v>35</v>
       </c>
       <c r="C10" s="4">
         <v>13</v>
       </c>
       <c r="D10" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="5">
-        <v>10233</v>
+        <v>10083</v>
       </c>
       <c r="C11" s="5">
         <v>15</v>
       </c>
       <c r="D11" s="5">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>